--- v0 (2025-10-06)
+++ v1 (2025-12-09)
@@ -57,51 +57,51 @@
   <si>
     <t>Atas da Sessão Ordinária nº 25 de 2025</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária do dia 01/09/2025</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 8 de 2025</t>
   </si>
   <si>
     <t>CTFO - Comissão da Adm. Trib. Finan. e Orçamentária</t>
   </si>
   <si>
     <t>Desacolhe o Acórdão de Parecer Prévio nº 474/24- S1C, do Tribunal de Contas do Estado do Paraná, referente à Prestação de Contas do Executivo Municipal de Centenário do Sul/PR, relativos ao Exercício de 2022.</t>
   </si>
   <si>
     <t>Proposição aprovada em 1º turno</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 9 de 2025</t>
   </si>
   <si>
-    <t>Rubisnei,Noel,Professor Ederson Barros,Ticiane Meneghetti,Valdir Casanova</t>
+    <t>Rubisnei,Daia Lubrificações,Marlon do Kioski,Mucio da Farmácia,Noel,Professor Ederson Barros,TIAGO,Ticiane Meneghetti,Valdir Casanova</t>
   </si>
   <si>
     <t>Altera a redação do “caput” do Art. 73 da Resolução nº 002, de 31 de dezembro de 1990- Regimento Interno da Câmara Municipal de Centenário do Sul, Estado do Paraná</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 39 de 2025</t>
   </si>
   <si>
     <t>Melquiades Tavian Junior - Prefeito</t>
   </si>
   <si>
     <t>Institui o Plano Municipal do Esporte - PLANESPORTE e adota outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 40 de 2025</t>
   </si>
   <si>
     <t>Institui o Sistema Municipal de Esporte - SIMESPORTE do Município de Centenário do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 3 de 2025</t>
   </si>
   <si>
     <t>Ticiane Meneghetti</t>
   </si>